--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -6,133 +6,133 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\OME15689\Desktop\web sitesi dokümanlar\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ome15689\OneDrive - flypgs\Masaüstü\web sitesi dokümanlar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2A831BA6-4288-434E-9C8A-C4FAC5828528}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B96EDEE6-6262-4DD0-B5D9-7D49434DA315}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{88E763B7-D162-4924-B6A1-77CC215ADBE5}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="2" r:id="rId1"/>
     <sheet name="TRAFİK" sheetId="1" r:id="rId2"/>
     <sheet name="KARBON EMİSYONU" sheetId="4" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="CE43" i="1" l="1"/>
-[...34 lines deleted...]
-  <c r="CE4" i="1"/>
+  <c r="CH43" i="1" l="1"/>
+  <c r="CH42" i="1"/>
+  <c r="CH41" i="1"/>
+  <c r="CH40" i="1"/>
+  <c r="CH39" i="1"/>
+  <c r="CH38" i="1"/>
+  <c r="CH37" i="1"/>
+  <c r="CH36" i="1"/>
+  <c r="CH35" i="1"/>
+  <c r="CH34" i="1"/>
+  <c r="CH33" i="1"/>
+  <c r="CH32" i="1"/>
+  <c r="CH31" i="1"/>
+  <c r="CH30" i="1"/>
+  <c r="CH29" i="1"/>
+  <c r="CH28" i="1"/>
+  <c r="CH27" i="1"/>
+  <c r="CH26" i="1"/>
+  <c r="CH7" i="1"/>
+  <c r="CH13" i="1"/>
+  <c r="CH19" i="1"/>
+  <c r="CH21" i="1"/>
+  <c r="CH20" i="1"/>
+  <c r="CH18" i="1"/>
+  <c r="CH17" i="1"/>
+  <c r="CH16" i="1"/>
+  <c r="CH15" i="1"/>
+  <c r="CH14" i="1"/>
+  <c r="CH12" i="1"/>
+  <c r="CH11" i="1"/>
+  <c r="CH10" i="1"/>
+  <c r="CH9" i="1"/>
+  <c r="CH8" i="1"/>
+  <c r="CH6" i="1"/>
+  <c r="CH5" i="1"/>
+  <c r="CH4" i="1"/>
   <c r="AZ2" i="1"/>
   <c r="AZ24" i="1"/>
   <c r="AS25" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="39">
   <si>
     <t>AYLIK</t>
   </si>
   <si>
     <t>Toplam</t>
   </si>
   <si>
     <t>İç Hat</t>
   </si>
   <si>
     <t>Dış Hat</t>
   </si>
   <si>
     <t>KÜMÜLATİF</t>
   </si>
   <si>
     <t>Ocak</t>
   </si>
   <si>
     <t>Şubat</t>
   </si>
   <si>
     <t>Mart</t>
   </si>
   <si>
@@ -202,54 +202,54 @@
     <t>12 ay</t>
   </si>
   <si>
     <t>RPK (Revenue Passenger Kilometer): Ücretli Yolcu Kilometre</t>
   </si>
   <si>
     <t>ASK (Available Seat Kilometer): Arzedilen Koltuk Kilometre</t>
   </si>
   <si>
     <t>kümülatif</t>
   </si>
   <si>
     <t xml:space="preserve"> yıllık % değişim</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Trafik Verileri 2019-2025</t>
   </si>
   <si>
     <t xml:space="preserve">Karbon Emisyonu İstatistiklerinde (grCO2/RPK) jet yakıtı emisyon katsayısı baz yıl ve tüm raporlanan dönemler için 3,16 olarak kullanılmıştır. 
 </t>
   </si>
   <si>
-    <t>2025 Temmuz</t>
+    <t>2025 Ekim</t>
   </si>
   <si>
-    <t>2025 Oca-Tem</t>
+    <t>2025 Oca-Eki</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="#,##0.000000"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="162"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1899,51 +1899,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="956980" y="313762"/>
           <a:ext cx="7270379" cy="4372669"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\OME15689\Desktop\All%20Traffic%20dtop.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/OME15689/Desktop/All%20Traffic%20dtop.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\OME15689\Desktop\All%20Traffic%20dtop.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\OME15689\Desktop\All%20Traffic%20dtop.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="PGSUS TRAFFIC"/>
       <sheetName val="TRAFFIC for prez"/>
       <sheetName val="PGSUS TRAFFIC WEB"/>
       <sheetName val="CARBON EMISS WEB"/>
       <sheetName val="Sheet1"/>
       <sheetName val="Market shares"/>
       <sheetName val="TAV passengers"/>
       <sheetName val="THY MONTHLY"/>
       <sheetName val="THY REGIONAL"/>
       <sheetName val="Quart-new vs. old"/>
       <sheetName val="ÇIKIŞ"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="2">
           <cell r="CJ2">
@@ -2482,83 +2482,83 @@
       <c r="C38" s="118"/>
       <c r="D38" s="118"/>
       <c r="E38" s="118"/>
       <c r="F38" s="118"/>
       <c r="G38" s="118"/>
       <c r="H38" s="118"/>
       <c r="I38" s="118"/>
       <c r="J38" s="118"/>
       <c r="K38" s="118"/>
       <c r="L38" s="118"/>
       <c r="M38" s="118"/>
       <c r="N38" s="119"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C34" r:id="rId1" xr:uid="{8680798A-CBE8-4897-9C9F-0DA124DEB175}"/>
     <hyperlink ref="C35" r:id="rId2" xr:uid="{09FEE809-18DA-48F4-90BA-1F0BA5233041}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC7008F3-769E-4BA4-9517-B84DA267E2AB}">
-  <dimension ref="A1:CF44"/>
+  <dimension ref="A1:CI44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="BR4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="BT4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="CG1" sqref="CG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.6640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="34" width="10.6640625" customWidth="1"/>
     <col min="35" max="37" width="12.109375" customWidth="1"/>
     <col min="38" max="38" width="11.33203125" customWidth="1"/>
     <col min="39" max="39" width="11.5546875" customWidth="1"/>
     <col min="40" max="45" width="11.109375" customWidth="1"/>
-    <col min="46" max="81" width="10.6640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="83" max="83" width="15.33203125" bestFit="1" customWidth="1"/>
+    <col min="46" max="84" width="10.6640625" customWidth="1"/>
+    <col min="85" max="85" width="2.5546875" customWidth="1"/>
+    <col min="86" max="86" width="15.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:87" x14ac:dyDescent="0.3">
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="BW1" s="1"/>
     </row>
-    <row r="2" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3">
         <v>2019</v>
       </c>
       <c r="D2" s="4">
         <v>2019</v>
       </c>
       <c r="E2" s="4">
         <v>2019</v>
       </c>
       <c r="F2" s="4">
         <v>2019</v>
       </c>
       <c r="G2" s="4">
         <v>2019</v>
       </c>
       <c r="H2" s="4">
         <v>2019</v>
       </c>
       <c r="I2" s="4">
         <v>2019</v>
       </c>
       <c r="J2" s="4">
         <v>2019</v>
@@ -2755,55 +2755,64 @@
       </c>
       <c r="BV2" s="7">
         <v>2024</v>
       </c>
       <c r="BW2" s="3">
         <v>2025</v>
       </c>
       <c r="BX2" s="4">
         <v>2025</v>
       </c>
       <c r="BY2" s="4">
         <v>2025</v>
       </c>
       <c r="BZ2" s="4">
         <v>2025</v>
       </c>
       <c r="CA2" s="4">
         <v>2025</v>
       </c>
       <c r="CB2" s="4">
         <v>2025</v>
       </c>
       <c r="CC2" s="4">
         <v>2025</v>
       </c>
-      <c r="CE2" s="175" t="s">
+      <c r="CD2" s="4">
+        <v>2025</v>
+      </c>
+      <c r="CE2" s="4">
+        <v>2025</v>
+      </c>
+      <c r="CF2" s="4">
+        <v>2025</v>
+      </c>
+      <c r="CH2" s="175" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="3" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="9"/>
       <c r="C3" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>11</v>
       </c>
@@ -3001,55 +3010,64 @@
       </c>
       <c r="BV3" s="14" t="s">
         <v>16</v>
       </c>
       <c r="BW3" s="10" t="s">
         <v>5</v>
       </c>
       <c r="BX3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="BY3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="BZ3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="CA3" s="11" t="s">
         <v>9</v>
       </c>
       <c r="CB3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CC3" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="CE3" s="176" t="s">
+      <c r="CD3" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="CE3" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="CF3" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="CH3" s="176" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="4" spans="1:84" s="25" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:87" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="181" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="17">
         <v>2.3426749999999998</v>
       </c>
       <c r="D4" s="18">
         <v>2.1601650000000001</v>
       </c>
       <c r="E4" s="18">
         <v>2.3982809999999999</v>
       </c>
       <c r="F4" s="18">
         <v>2.4378329999999999</v>
       </c>
       <c r="G4" s="18">
         <v>2.3101090000000002</v>
       </c>
       <c r="H4" s="18">
         <v>2.6662750000000002</v>
       </c>
       <c r="I4" s="18">
@@ -3240,61 +3258,70 @@
       <c r="BT4" s="21">
         <v>3.3650640000000003</v>
       </c>
       <c r="BU4" s="21">
         <v>3.0403830000000003</v>
       </c>
       <c r="BV4" s="21">
         <v>3.1005019999999996</v>
       </c>
       <c r="BW4" s="17">
         <v>3.189594</v>
       </c>
       <c r="BX4" s="18">
         <v>2.8291199999999996</v>
       </c>
       <c r="BY4" s="18">
         <v>3.005951</v>
       </c>
       <c r="BZ4" s="18">
         <v>3.45052</v>
       </c>
       <c r="CA4" s="18">
         <v>3.6231589999999998</v>
       </c>
       <c r="CB4" s="18">
-        <v>3.6130009999999997</v>
+        <v>3.612784</v>
       </c>
       <c r="CC4" s="18">
-        <v>3.93</v>
-[...3 lines deleted...]
-        <v>0.10642234533947037</v>
+        <v>3.9330630000000002</v>
+      </c>
+      <c r="CD4" s="18">
+        <v>4.2927300000000006</v>
+      </c>
+      <c r="CE4" s="18">
+        <v>4.0040879999999994</v>
+      </c>
+      <c r="CF4" s="18">
+        <v>4.0627580000000005</v>
+      </c>
+      <c r="CH4" s="177">
+        <f>+CF4/BT4-1</f>
+        <v>0.20733454103696092</v>
       </c>
     </row>
-    <row r="5" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A5" s="182"/>
       <c r="B5" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="27">
         <v>14929</v>
       </c>
       <c r="D5" s="28">
         <v>13265</v>
       </c>
       <c r="E5" s="29">
         <v>14764</v>
       </c>
       <c r="F5" s="29">
         <v>14631</v>
       </c>
       <c r="G5" s="29">
         <v>14998</v>
       </c>
       <c r="H5" s="29">
         <v>16256</v>
       </c>
       <c r="I5" s="29">
         <v>17313</v>
       </c>
@@ -3483,61 +3510,70 @@
       <c r="BT5" s="28">
         <v>18284</v>
       </c>
       <c r="BU5" s="28">
         <v>16704</v>
       </c>
       <c r="BV5" s="28">
         <v>17367</v>
       </c>
       <c r="BW5" s="27">
         <v>17853</v>
       </c>
       <c r="BX5" s="29">
         <v>15119</v>
       </c>
       <c r="BY5" s="29">
         <v>16884</v>
       </c>
       <c r="BZ5" s="29">
         <v>18911</v>
       </c>
       <c r="CA5" s="29">
         <v>19992</v>
       </c>
       <c r="CB5" s="29">
-        <v>19794</v>
+        <v>19795</v>
       </c>
       <c r="CC5" s="29">
         <v>21258</v>
       </c>
-      <c r="CE5" s="178">
-[...1 lines deleted...]
-        <v>0.10632318501170968</v>
+      <c r="CD5" s="29">
+        <v>22450</v>
+      </c>
+      <c r="CE5" s="29">
+        <v>21299</v>
+      </c>
+      <c r="CF5" s="29">
+        <v>21676</v>
+      </c>
+      <c r="CH5" s="178">
+        <f t="shared" ref="CH5:CH21" si="0">+CF5/BT5-1</f>
+        <v>0.18551739225552399</v>
       </c>
     </row>
-    <row r="6" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A6" s="182"/>
       <c r="B6" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="34">
         <v>2.7510359999999996</v>
       </c>
       <c r="D6" s="35">
         <v>2.456915</v>
       </c>
       <c r="E6" s="36">
         <v>2.7359849999999999</v>
       </c>
       <c r="F6" s="36">
         <v>2.7037739999999997</v>
       </c>
       <c r="G6" s="36">
         <v>2.777142</v>
       </c>
       <c r="H6" s="36">
         <v>3.010119</v>
       </c>
       <c r="I6" s="36">
         <v>3.2022840000000001</v>
       </c>
@@ -3726,61 +3762,70 @@
       <c r="BT6" s="35">
         <v>3.8278980000000002</v>
       </c>
       <c r="BU6" s="35">
         <v>3.4938500000000001</v>
       </c>
       <c r="BV6" s="35">
         <v>3.6388989999999999</v>
       </c>
       <c r="BW6" s="34">
         <v>3.7409859999999995</v>
       </c>
       <c r="BX6" s="36">
         <v>3.1756609999999998</v>
       </c>
       <c r="BY6" s="36">
         <v>3.5652270000000001</v>
       </c>
       <c r="BZ6" s="36">
         <v>3.9762770000000005</v>
       </c>
       <c r="CA6" s="36">
         <v>4.2168419999999998</v>
       </c>
       <c r="CB6" s="36">
-        <v>4.1709040000000002</v>
+        <v>4.1703049999999999</v>
       </c>
       <c r="CC6" s="36">
-        <v>4.47</v>
-[...3 lines deleted...]
-        <v>0.11910423592219455</v>
+        <v>4.4716319999999996</v>
+      </c>
+      <c r="CD6" s="36">
+        <v>4.7240660000000005</v>
+      </c>
+      <c r="CE6" s="36">
+        <v>4.5139389999999997</v>
+      </c>
+      <c r="CF6" s="36">
+        <v>4.5816929999999996</v>
+      </c>
+      <c r="CH6" s="178">
+        <f t="shared" si="0"/>
+        <v>0.1969213913223391</v>
       </c>
     </row>
-    <row r="7" spans="1:84" s="25" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:87" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="182"/>
       <c r="B7" s="41" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="42">
         <v>0.85156101192423517</v>
       </c>
       <c r="D7" s="43">
         <v>0.87921845078075556</v>
       </c>
       <c r="E7" s="43">
         <v>0.87656949873628698</v>
       </c>
       <c r="F7" s="44">
         <v>0.90164081761271475</v>
       </c>
       <c r="G7" s="44">
         <v>0.8318296291655235</v>
       </c>
       <c r="H7" s="44">
         <v>0.88577062900171066</v>
       </c>
       <c r="I7" s="44">
         <v>0.91879327380082465</v>
       </c>
@@ -3969,64 +4014,73 @@
       <c r="BT7" s="44">
         <v>0.87908925472935806</v>
       </c>
       <c r="BU7" s="44">
         <v>0.87020994032371168</v>
       </c>
       <c r="BV7" s="44">
         <v>0.85204398363351108</v>
       </c>
       <c r="BW7" s="42">
         <v>0.85260784188981209</v>
       </c>
       <c r="BX7" s="44">
         <v>0.89087594677139648</v>
       </c>
       <c r="BY7" s="44">
         <v>0.84313032522192832</v>
       </c>
       <c r="BZ7" s="44">
         <v>0.86777656586802165</v>
       </c>
       <c r="CA7" s="44">
         <v>0.85921146678011651</v>
       </c>
       <c r="CB7" s="44">
-        <v>0.86623930927204262</v>
+        <v>0.86631169662650576</v>
       </c>
       <c r="CC7" s="44">
-        <v>0.87955700000000003</v>
-[...5 lines deleted...]
-      <c r="CF7" s="25" t="s">
+        <v>0.87955873828615605</v>
+      </c>
+      <c r="CD7" s="44">
+        <v>0.9086939090182059</v>
+      </c>
+      <c r="CE7" s="44">
+        <v>0.88704964776883333</v>
+      </c>
+      <c r="CF7" s="44">
+        <v>0.88673728248488082</v>
+      </c>
+      <c r="CH7" s="179">
+        <f>+(CF7-BT7)*100</f>
+        <v>0.76480277555227572</v>
+      </c>
+      <c r="CI7" s="25" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="8" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A8" s="182"/>
       <c r="B8" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="48">
         <v>3271.2364419999967</v>
       </c>
       <c r="D8" s="29">
         <v>2910.789352000008</v>
       </c>
       <c r="E8" s="29">
         <v>3285.5099679999967</v>
       </c>
       <c r="F8" s="29">
         <v>3445.2231770000035</v>
       </c>
       <c r="G8" s="29">
         <v>3488.0826709999983</v>
       </c>
       <c r="H8" s="29">
         <v>3890.9622039999977</v>
       </c>
       <c r="I8" s="29">
         <v>4248.2839900000035</v>
       </c>
@@ -4200,76 +4254,85 @@
       <c r="BO8" s="28">
         <v>5732.3965551164956</v>
       </c>
       <c r="BP8" s="28">
         <v>6029.3546454364296</v>
       </c>
       <c r="BQ8" s="28">
         <v>6391.4770385005086</v>
       </c>
       <c r="BR8" s="28">
         <v>6513.91264105966</v>
       </c>
       <c r="BS8" s="28">
         <v>6048.4206561634555</v>
       </c>
       <c r="BT8" s="28">
         <v>5945.8330671670037</v>
       </c>
       <c r="BU8" s="28">
         <v>5299.5879863530272</v>
       </c>
       <c r="BV8" s="28">
         <v>5521.064831335997</v>
       </c>
       <c r="BW8" s="48">
-        <v>5710.1961180359931</v>
+        <v>5710.1961180359885</v>
       </c>
       <c r="BX8" s="29">
-        <v>4939.2516147528495</v>
+        <v>4939.2516147528413</v>
       </c>
       <c r="BY8" s="29">
         <v>5467.9698220228547</v>
       </c>
       <c r="BZ8" s="29">
-        <v>6321.0350023672872</v>
+        <v>6321.0350023673072</v>
       </c>
       <c r="CA8" s="29">
-        <v>6737.7067980071924</v>
+        <v>6737.7067980072252</v>
       </c>
       <c r="CB8" s="29">
-        <v>6798.7609503819604</v>
+        <v>6798.2191584219854</v>
       </c>
       <c r="CC8" s="29">
-        <v>7239.28</v>
-[...3 lines deleted...]
-        <v>0.13264585891376246</v>
+        <v>7239.281084477916</v>
+      </c>
+      <c r="CD8" s="29">
+        <v>7641.820671210553</v>
+      </c>
+      <c r="CE8" s="29">
+        <v>7289.138909058629</v>
+      </c>
+      <c r="CF8" s="29">
+        <v>7461.1742649924281</v>
+      </c>
+      <c r="CH8" s="178">
+        <f t="shared" si="0"/>
+        <v>0.25485767607455467</v>
       </c>
     </row>
-    <row r="9" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="182"/>
       <c r="B9" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="48">
         <v>156.92109317435862</v>
       </c>
       <c r="D9" s="29">
         <v>162.84696569920845</v>
       </c>
       <c r="E9" s="29">
         <v>162.44114061230019</v>
       </c>
       <c r="F9" s="29">
         <v>166.62107853188436</v>
       </c>
       <c r="G9" s="29">
         <v>154.02780370716096</v>
       </c>
       <c r="H9" s="29">
         <v>164.01790108267716</v>
       </c>
       <c r="I9" s="29">
         <v>169.94379945705538</v>
       </c>
@@ -4458,61 +4521,70 @@
       <c r="BT9" s="28">
         <v>184.04419164296655</v>
       </c>
       <c r="BU9" s="28">
         <v>182.01526580459773</v>
       </c>
       <c r="BV9" s="28">
         <v>178.5283583808372</v>
       </c>
       <c r="BW9" s="48">
         <v>178.65871282137456</v>
       </c>
       <c r="BX9" s="29">
         <v>187.12348700310864</v>
       </c>
       <c r="BY9" s="29">
         <v>178.03547737502961</v>
       </c>
       <c r="BZ9" s="29">
         <v>182.46100153349903</v>
       </c>
       <c r="CA9" s="29">
         <v>181.23044217687075</v>
       </c>
       <c r="CB9" s="29">
-        <v>182.53011013438416</v>
+        <v>182.50992674917907</v>
       </c>
       <c r="CC9" s="29">
-        <v>185.02</v>
-[...3 lines deleted...]
-        <v>8.925421784808929E-4</v>
+        <v>185.01566469093987</v>
+      </c>
+      <c r="CD9" s="29">
+        <v>191.21291759465484</v>
+      </c>
+      <c r="CE9" s="29">
+        <v>187.99417813042865</v>
+      </c>
+      <c r="CF9" s="29">
+        <v>187.43116811219784</v>
+      </c>
+      <c r="CH9" s="178">
+        <f t="shared" si="0"/>
+        <v>1.8403060911597713E-2</v>
       </c>
     </row>
-    <row r="10" spans="1:84" s="25" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:87" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="184" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="49" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="50">
         <v>1.3808050000000001</v>
       </c>
       <c r="D10" s="51">
         <v>1.251498</v>
       </c>
       <c r="E10" s="51">
         <v>1.3531690000000001</v>
       </c>
       <c r="F10" s="51">
         <v>1.2301930000000001</v>
       </c>
       <c r="G10" s="51">
         <v>1.234091</v>
       </c>
       <c r="H10" s="51">
         <v>1.330821</v>
       </c>
       <c r="I10" s="51">
@@ -4703,61 +4775,70 @@
       <c r="BT10" s="54">
         <v>1.2152369999999999</v>
       </c>
       <c r="BU10" s="54">
         <v>1.1826970000000001</v>
       </c>
       <c r="BV10" s="54">
         <v>1.1902699999999999</v>
       </c>
       <c r="BW10" s="50">
         <v>1.2071050000000001</v>
       </c>
       <c r="BX10" s="51">
         <v>0.98543099999999995</v>
       </c>
       <c r="BY10" s="51">
         <v>1.1094170000000001</v>
       </c>
       <c r="BZ10" s="51">
         <v>1.219633</v>
       </c>
       <c r="CA10" s="51">
         <v>1.3103549999999999</v>
       </c>
       <c r="CB10" s="51">
-        <v>1.285957</v>
+        <v>1.2859590000000001</v>
       </c>
       <c r="CC10" s="51">
-        <v>1.42</v>
-[...3 lines deleted...]
-        <v>0.10269079851121199</v>
+        <v>1.417805</v>
+      </c>
+      <c r="CD10" s="51">
+        <v>1.526608</v>
+      </c>
+      <c r="CE10" s="51">
+        <v>1.3944350000000001</v>
+      </c>
+      <c r="CF10" s="51">
+        <v>1.362762</v>
+      </c>
+      <c r="CH10" s="177">
+        <f t="shared" si="0"/>
+        <v>0.1213960733585302</v>
       </c>
     </row>
-    <row r="11" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A11" s="182"/>
       <c r="B11" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="48">
         <v>8070</v>
       </c>
       <c r="D11" s="29">
         <v>7337</v>
       </c>
       <c r="E11" s="29">
         <v>8041</v>
       </c>
       <c r="F11" s="29">
         <v>6890</v>
       </c>
       <c r="G11" s="29">
         <v>7488</v>
       </c>
       <c r="H11" s="29">
         <v>7664</v>
       </c>
       <c r="I11" s="29">
         <v>7799</v>
       </c>
@@ -4951,56 +5032,65 @@
       </c>
       <c r="BV11" s="28">
         <v>6465</v>
       </c>
       <c r="BW11" s="48">
         <v>6431</v>
       </c>
       <c r="BX11" s="29">
         <v>5125</v>
       </c>
       <c r="BY11" s="29">
         <v>6088</v>
       </c>
       <c r="BZ11" s="29">
         <v>6212</v>
       </c>
       <c r="CA11" s="29">
         <v>6693</v>
       </c>
       <c r="CB11" s="29">
         <v>6460</v>
       </c>
       <c r="CC11" s="29">
         <v>7003</v>
       </c>
-      <c r="CE11" s="178">
-[...1 lines deleted...]
-        <v>8.0709876543209935E-2</v>
+      <c r="CD11" s="29">
+        <v>7406</v>
+      </c>
+      <c r="CE11" s="29">
+        <v>6921</v>
+      </c>
+      <c r="CF11" s="29">
+        <v>6925</v>
+      </c>
+      <c r="CH11" s="178">
+        <f t="shared" si="0"/>
+        <v>8.6615408755688073E-2</v>
       </c>
     </row>
-    <row r="12" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A12" s="182"/>
       <c r="B12" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="58">
         <v>1.5096540000000001</v>
       </c>
       <c r="D12" s="36">
         <v>1.369448</v>
       </c>
       <c r="E12" s="36">
         <v>1.4999309999999999</v>
       </c>
       <c r="F12" s="36">
         <v>1.2866580000000001</v>
       </c>
       <c r="G12" s="36">
         <v>1.3980630000000001</v>
       </c>
       <c r="H12" s="36">
         <v>1.434204</v>
       </c>
       <c r="I12" s="36">
         <v>1.4584919999999999</v>
       </c>
@@ -5192,58 +5282,67 @@
       <c r="BU12" s="35">
         <v>1.2961119999999999</v>
       </c>
       <c r="BV12" s="35">
         <v>1.342991</v>
       </c>
       <c r="BW12" s="58">
         <v>1.3410089999999999</v>
       </c>
       <c r="BX12" s="36">
         <v>1.0674779999999999</v>
       </c>
       <c r="BY12" s="36">
         <v>1.2766280000000001</v>
       </c>
       <c r="BZ12" s="36">
         <v>1.3449660000000001</v>
       </c>
       <c r="CA12" s="36">
         <v>1.4516519999999999</v>
       </c>
       <c r="CB12" s="36">
         <v>1.4035979999999999</v>
       </c>
       <c r="CC12" s="36">
-        <v>1.51</v>
-[...3 lines deleted...]
-        <v>0.10966014269788515</v>
+        <v>1.5090140000000001</v>
+      </c>
+      <c r="CD12" s="36">
+        <v>1.5940510000000001</v>
+      </c>
+      <c r="CE12" s="36">
+        <v>1.505209</v>
+      </c>
+      <c r="CF12" s="36">
+        <v>1.4945010000000001</v>
+      </c>
+      <c r="CH12" s="178">
+        <f t="shared" si="0"/>
+        <v>0.10750867405845166</v>
       </c>
     </row>
-    <row r="13" spans="1:84" s="25" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:87" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="182"/>
       <c r="B13" s="41" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="42">
         <v>0.91464997939925308</v>
       </c>
       <c r="D13" s="43">
         <v>0.91387040617825577</v>
       </c>
       <c r="E13" s="43">
         <v>0.90215416575829166</v>
       </c>
       <c r="F13" s="44">
         <v>0.95611498937557615</v>
       </c>
       <c r="G13" s="44">
         <v>0.88271487050297448</v>
       </c>
       <c r="H13" s="44">
         <v>0.92791611235221771</v>
       </c>
       <c r="I13" s="44">
         <v>0.96363298530262775</v>
       </c>
@@ -5432,64 +5531,73 @@
       <c r="BT13" s="43">
         <v>0.90055845967100079</v>
       </c>
       <c r="BU13" s="43">
         <v>0.91249598800103704</v>
       </c>
       <c r="BV13" s="43">
         <v>0.88628293115888335</v>
       </c>
       <c r="BW13" s="42">
         <v>0.9001468297379065</v>
       </c>
       <c r="BX13" s="44">
         <v>0.92313939959418367</v>
       </c>
       <c r="BY13" s="44">
         <v>0.86902135939365266</v>
       </c>
       <c r="BZ13" s="44">
         <v>0.90681325773290911</v>
       </c>
       <c r="CA13" s="44">
         <v>0.90266468823106361</v>
       </c>
       <c r="CB13" s="44">
-        <v>0.91618611596767741</v>
+        <v>0.91618754087708887</v>
       </c>
       <c r="CC13" s="44">
-        <v>0.93955500000000003</v>
-[...5 lines deleted...]
-      <c r="CF13" s="25" t="s">
+        <v>0.93955722080775916</v>
+      </c>
+      <c r="CD13" s="44">
+        <v>0.95769081415839263</v>
+      </c>
+      <c r="CE13" s="44">
+        <v>0.92640623328720473</v>
+      </c>
+      <c r="CF13" s="44">
+        <v>0.91185084519849768</v>
+      </c>
+      <c r="CH13" s="179">
+        <f>+(CF13-BT13)*100</f>
+        <v>1.1292385527496895</v>
+      </c>
+      <c r="CI13" s="25" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="14" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A14" s="182"/>
       <c r="B14" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="48">
         <v>1121.2041770000023</v>
       </c>
       <c r="D14" s="29">
         <v>1016.3205300000045</v>
       </c>
       <c r="E14" s="29">
         <v>1117.747564000003</v>
       </c>
       <c r="F14" s="29">
         <v>937.89069500000153</v>
       </c>
       <c r="G14" s="29">
         <v>1021.228907999998</v>
       </c>
       <c r="H14" s="29">
         <v>1033.4762039999969</v>
       </c>
       <c r="I14" s="29">
         <v>1045.9546189999953</v>
       </c>
@@ -5663,76 +5771,85 @@
       <c r="BO14" s="28">
         <v>972.07363985984671</v>
       </c>
       <c r="BP14" s="28">
         <v>962.56827418243165</v>
       </c>
       <c r="BQ14" s="28">
         <v>995.26224437643668</v>
       </c>
       <c r="BR14" s="28">
         <v>1010.55525508251</v>
       </c>
       <c r="BS14" s="28">
         <v>922.83942365330745</v>
       </c>
       <c r="BT14" s="28">
         <v>950.56157705252997</v>
       </c>
       <c r="BU14" s="28">
         <v>973.87689418502657</v>
       </c>
       <c r="BV14" s="28">
         <v>1014.3449614760017</v>
       </c>
       <c r="BW14" s="27">
-        <v>1021.8326493319993</v>
+        <v>1021.8326493320077</v>
       </c>
       <c r="BX14" s="29">
-        <v>800.94848682287557</v>
+        <v>800.94848682288125</v>
       </c>
       <c r="BY14" s="29">
-        <v>971.1034987320005</v>
+        <v>971.10349873200857</v>
       </c>
       <c r="BZ14" s="29">
-        <v>1004.8593010491471</v>
+        <v>1004.8593010491513</v>
       </c>
       <c r="CA14" s="29">
-        <v>1100.2372545319988</v>
+        <v>1100.2372545320068</v>
       </c>
       <c r="CB14" s="29">
-        <v>1061.9519419519997</v>
+        <v>1061.9519419520034</v>
       </c>
       <c r="CC14" s="29">
-        <v>1142.78</v>
-[...3 lines deleted...]
-        <v>0.14821998569431094</v>
+        <v>1142.7809326920055</v>
+      </c>
+      <c r="CD14" s="29">
+        <v>1225.2034022200066</v>
+      </c>
+      <c r="CE14" s="29">
+        <v>1156.9991524045622</v>
+      </c>
+      <c r="CF14" s="29">
+        <v>1153.8665686079987</v>
+      </c>
+      <c r="CH14" s="178">
+        <f t="shared" si="0"/>
+        <v>0.21387882328030772</v>
       </c>
     </row>
-    <row r="15" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="185"/>
       <c r="B15" s="61" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="62">
         <v>171.10346964064436</v>
       </c>
       <c r="D15" s="63">
         <v>170.57353141611011</v>
       </c>
       <c r="E15" s="63">
         <v>168.28367118517599</v>
       </c>
       <c r="F15" s="63">
         <v>178.54760522496372</v>
       </c>
       <c r="G15" s="63">
         <v>164.80916132478632</v>
       </c>
       <c r="H15" s="63">
         <v>173.64574634655531</v>
       </c>
       <c r="I15" s="63">
         <v>180.20912937556096</v>
       </c>
@@ -5921,61 +6038,70 @@
       <c r="BT15" s="66">
         <v>190.68523458339868</v>
       </c>
       <c r="BU15" s="66">
         <v>191.06575121163169</v>
       </c>
       <c r="BV15" s="66">
         <v>184.10982211910286</v>
       </c>
       <c r="BW15" s="70">
         <v>187.70097962991758</v>
       </c>
       <c r="BX15" s="71">
         <v>192.27921951219511</v>
       </c>
       <c r="BY15" s="71">
         <v>182.23012483574246</v>
       </c>
       <c r="BZ15" s="71">
         <v>196.33499678042497</v>
       </c>
       <c r="CA15" s="71">
         <v>195.77991931869116</v>
       </c>
       <c r="CB15" s="71">
-        <v>199.06455108359134</v>
+        <v>199.06486068111454</v>
       </c>
       <c r="CC15" s="71">
-        <v>202.46</v>
-[...3 lines deleted...]
-        <v>1.8778203064393262E-2</v>
+        <v>202.45680422675997</v>
+      </c>
+      <c r="CD15" s="71">
+        <v>206.13124493653794</v>
+      </c>
+      <c r="CE15" s="71">
+        <v>201.47883253865049</v>
+      </c>
+      <c r="CF15" s="71">
+        <v>196.78873646209385</v>
+      </c>
+      <c r="CH15" s="178">
+        <f t="shared" si="0"/>
+        <v>3.2008256391900858E-2</v>
       </c>
     </row>
-    <row r="16" spans="1:84" s="25" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:87" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="181" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="17">
         <v>0.96187</v>
       </c>
       <c r="D16" s="18">
         <v>0.908667</v>
       </c>
       <c r="E16" s="18">
         <v>1.045112</v>
       </c>
       <c r="F16" s="18">
         <v>1.20764</v>
       </c>
       <c r="G16" s="18">
         <v>1.0760180000000001</v>
       </c>
       <c r="H16" s="18">
         <v>1.3354540000000001</v>
       </c>
       <c r="I16" s="18">
@@ -6166,61 +6292,70 @@
       <c r="BT16" s="21">
         <v>2.1498270000000002</v>
       </c>
       <c r="BU16" s="21">
         <v>1.8576859999999999</v>
       </c>
       <c r="BV16" s="21">
         <v>1.9102319999999999</v>
       </c>
       <c r="BW16" s="17">
         <v>1.9824889999999999</v>
       </c>
       <c r="BX16" s="18">
         <v>1.8436889999999999</v>
       </c>
       <c r="BY16" s="18">
         <v>1.8965339999999999</v>
       </c>
       <c r="BZ16" s="18">
         <v>2.2308870000000001</v>
       </c>
       <c r="CA16" s="18">
         <v>2.3128039999999999</v>
       </c>
       <c r="CB16" s="18">
-        <v>2.3270439999999999</v>
+        <v>2.3268249999999999</v>
       </c>
       <c r="CC16" s="18">
-        <v>2.52</v>
-[...3 lines deleted...]
-        <v>0.11296113910689298</v>
+        <v>2.5152580000000002</v>
+      </c>
+      <c r="CD16" s="18">
+        <v>2.7661220000000002</v>
+      </c>
+      <c r="CE16" s="18">
+        <v>2.6096529999999998</v>
+      </c>
+      <c r="CF16" s="18">
+        <v>2.6999960000000001</v>
+      </c>
+      <c r="CH16" s="177">
+        <f t="shared" si="0"/>
+        <v>0.25591315022092465</v>
       </c>
     </row>
-    <row r="17" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A17" s="182"/>
       <c r="B17" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="48">
         <v>6859</v>
       </c>
       <c r="D17" s="29">
         <v>5928</v>
       </c>
       <c r="E17" s="29">
         <v>6723</v>
       </c>
       <c r="F17" s="29">
         <v>7741</v>
       </c>
       <c r="G17" s="29">
         <v>7510</v>
       </c>
       <c r="H17" s="29">
         <v>8592</v>
       </c>
       <c r="I17" s="29">
         <v>9514</v>
       </c>
@@ -6409,61 +6544,70 @@
       <c r="BT17" s="28">
         <v>11911</v>
       </c>
       <c r="BU17" s="28">
         <v>10514</v>
       </c>
       <c r="BV17" s="28">
         <v>10902</v>
       </c>
       <c r="BW17" s="48">
         <v>11422</v>
       </c>
       <c r="BX17" s="29">
         <v>9994</v>
       </c>
       <c r="BY17" s="29">
         <v>10796</v>
       </c>
       <c r="BZ17" s="29">
         <v>12699</v>
       </c>
       <c r="CA17" s="29">
         <v>13299</v>
       </c>
       <c r="CB17" s="29">
-        <v>13334</v>
+        <v>13335</v>
       </c>
       <c r="CC17" s="29">
         <v>14255</v>
       </c>
-      <c r="CE17" s="178">
-[...1 lines deleted...]
-        <v>0.11935610522182971</v>
+      <c r="CD17" s="29">
+        <v>15044</v>
+      </c>
+      <c r="CE17" s="29">
+        <v>14378</v>
+      </c>
+      <c r="CF17" s="29">
+        <v>14751</v>
+      </c>
+      <c r="CH17" s="178">
+        <f t="shared" si="0"/>
+        <v>0.23843506002854498</v>
       </c>
     </row>
-    <row r="18" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A18" s="182"/>
       <c r="B18" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="58">
         <v>1.241382</v>
       </c>
       <c r="D18" s="36">
         <v>1.087467</v>
       </c>
       <c r="E18" s="36">
         <v>1.236054</v>
       </c>
       <c r="F18" s="36">
         <v>1.417116</v>
       </c>
       <c r="G18" s="36">
         <v>1.3790790000000002</v>
       </c>
       <c r="H18" s="36">
         <v>1.575915</v>
       </c>
       <c r="I18" s="36">
         <v>1.743792</v>
       </c>
@@ -6652,61 +6796,70 @@
       <c r="BT18" s="35">
         <v>2.478472</v>
       </c>
       <c r="BU18" s="35">
         <v>2.1977380000000002</v>
       </c>
       <c r="BV18" s="35">
         <v>2.2959079999999998</v>
       </c>
       <c r="BW18" s="58">
         <v>2.3999769999999998</v>
       </c>
       <c r="BX18" s="36">
         <v>2.1081829999999999</v>
       </c>
       <c r="BY18" s="36">
         <v>2.288599</v>
       </c>
       <c r="BZ18" s="36">
         <v>2.6313110000000002</v>
       </c>
       <c r="CA18" s="36">
         <v>2.76519</v>
       </c>
       <c r="CB18" s="36">
-        <v>2.767306</v>
+        <v>2.7667069999999998</v>
       </c>
       <c r="CC18" s="36">
-        <v>2.96</v>
-[...3 lines deleted...]
-        <v>0.12398418979536263</v>
+        <v>2.962618</v>
+      </c>
+      <c r="CD18" s="36">
+        <v>3.1300150000000002</v>
+      </c>
+      <c r="CE18" s="36">
+        <v>3.0087299999999999</v>
+      </c>
+      <c r="CF18" s="36">
+        <v>3.0871919999999999</v>
+      </c>
+      <c r="CH18" s="178">
+        <f t="shared" si="0"/>
+        <v>0.24560293600250471</v>
       </c>
     </row>
-    <row r="19" spans="1:84" s="25" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:87" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="182"/>
       <c r="B19" s="41" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="42">
         <v>0.77483804340646156</v>
       </c>
       <c r="D19" s="43">
         <v>0.83558121763694904</v>
       </c>
       <c r="E19" s="43">
         <v>0.84552293022796743</v>
       </c>
       <c r="F19" s="44">
         <v>0.85218147279404088</v>
       </c>
       <c r="G19" s="44">
         <v>0.78024391641087998</v>
       </c>
       <c r="H19" s="44">
         <v>0.847414993828982</v>
       </c>
       <c r="I19" s="44">
         <v>0.88128974097828183</v>
       </c>
@@ -6895,64 +7048,73 @@
       <c r="BT19" s="43">
         <v>0.86740015622528721</v>
       </c>
       <c r="BU19" s="43">
         <v>0.84527182038987347</v>
       </c>
       <c r="BV19" s="43">
         <v>0.83201591701409638</v>
       </c>
       <c r="BW19" s="42">
         <v>0.82604499959791289</v>
       </c>
       <c r="BX19" s="44">
         <v>0.87453935450575215</v>
       </c>
       <c r="BY19" s="44">
         <v>0.82868776924223064</v>
       </c>
       <c r="BZ19" s="44">
         <v>0.84782338537709911</v>
       </c>
       <c r="CA19" s="44">
         <v>0.83639966873885696</v>
       </c>
       <c r="CB19" s="44">
-        <v>0.8409059207763796</v>
+        <v>0.84100882384726683</v>
       </c>
       <c r="CC19" s="44">
-        <v>0.84899599999999997</v>
-[...5 lines deleted...]
-      <c r="CF19" s="25" t="s">
+        <v>0.84899841964100675</v>
+      </c>
+      <c r="CD19" s="44">
+        <v>0.88374081274370886</v>
+      </c>
+      <c r="CE19" s="44">
+        <v>0.86736031481721521</v>
+      </c>
+      <c r="CF19" s="44">
+        <v>0.87457987711810603</v>
+      </c>
+      <c r="CH19" s="179">
+        <f>+(CF19-BT19)*100</f>
+        <v>0.71797208928188194</v>
+      </c>
+      <c r="CI19" s="25" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="20" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A20" s="182"/>
       <c r="B20" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C20" s="48">
         <v>2150.0322649999989</v>
       </c>
       <c r="D20" s="29">
         <v>1894.4688220000039</v>
       </c>
       <c r="E20" s="29">
         <v>2167.7624039999982</v>
       </c>
       <c r="F20" s="29">
         <v>2507.3324820000003</v>
       </c>
       <c r="G20" s="29">
         <v>2466.8537630000005</v>
       </c>
       <c r="H20" s="29">
         <v>2857.4860000000053</v>
       </c>
       <c r="I20" s="29">
         <v>3202.3293710000053</v>
       </c>
@@ -7126,76 +7288,85 @@
       <c r="BO20" s="28">
         <v>4760.3229152566491</v>
       </c>
       <c r="BP20" s="28">
         <v>5066.7863712539984</v>
       </c>
       <c r="BQ20" s="28">
         <v>5396.2147941240719</v>
       </c>
       <c r="BR20" s="28">
         <v>5503.3573859771495</v>
       </c>
       <c r="BS20" s="28">
         <v>5125.5812325101479</v>
       </c>
       <c r="BT20" s="28">
         <v>4995.2714901144736</v>
       </c>
       <c r="BU20" s="28">
         <v>4325.7110921680005</v>
       </c>
       <c r="BV20" s="28">
         <v>4506.719869859995</v>
       </c>
       <c r="BW20" s="48">
-        <v>4688.3634687039939</v>
+        <v>4688.3634687039812</v>
       </c>
       <c r="BX20" s="29">
-        <v>4138.3031279299739</v>
+        <v>4138.3031279299603</v>
       </c>
       <c r="BY20" s="29">
-        <v>4496.8663232908539</v>
+        <v>4496.8663232908457</v>
       </c>
       <c r="BZ20" s="29">
-        <v>5316.1757013181405</v>
+        <v>5316.1757013181559</v>
       </c>
       <c r="CA20" s="29">
-        <v>5637.4695434751939</v>
+        <v>5637.4695434752184</v>
       </c>
       <c r="CB20" s="29">
-        <v>5736.8090084299602</v>
+        <v>5736.2672164699825</v>
       </c>
       <c r="CC20" s="29">
-        <v>6096.5</v>
-[...3 lines deleted...]
-        <v>0.12977341202920001</v>
+        <v>6096.50015178591</v>
+      </c>
+      <c r="CD20" s="29">
+        <v>6416.6172689905461</v>
+      </c>
+      <c r="CE20" s="29">
+        <v>6132.1397566540663</v>
+      </c>
+      <c r="CF20" s="29">
+        <v>6307.3076963844296</v>
+      </c>
+      <c r="CH20" s="178">
+        <f t="shared" si="0"/>
+        <v>0.26265563520750468</v>
       </c>
     </row>
-    <row r="21" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="183"/>
       <c r="B21" s="73" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="74">
         <v>140.23472809447443</v>
       </c>
       <c r="D21" s="75">
         <v>153.28390688259108</v>
       </c>
       <c r="E21" s="75">
         <v>155.45322028856165</v>
       </c>
       <c r="F21" s="75">
         <v>156.00568402015244</v>
       </c>
       <c r="G21" s="75">
         <v>143.27802929427432</v>
       </c>
       <c r="H21" s="75">
         <v>155.42993482309126</v>
       </c>
       <c r="I21" s="75">
         <v>161.52890477191508</v>
       </c>
@@ -7384,61 +7555,70 @@
       <c r="BT21" s="78">
         <v>180.49089077323484</v>
       </c>
       <c r="BU21" s="78">
         <v>176.68689366558871</v>
       </c>
       <c r="BV21" s="78">
         <v>175.21849201981289</v>
       </c>
       <c r="BW21" s="74">
         <v>173.56758886359657</v>
       </c>
       <c r="BX21" s="75">
         <v>184.47958775265158</v>
       </c>
       <c r="BY21" s="75">
         <v>175.67006298629121</v>
       </c>
       <c r="BZ21" s="75">
         <v>175.67422631703283</v>
       </c>
       <c r="CA21" s="75">
         <v>173.90811339198436</v>
       </c>
       <c r="CB21" s="75">
-        <v>174.51957402129892</v>
+        <v>174.49006374203225</v>
       </c>
       <c r="CC21" s="75">
-        <v>176.45</v>
-[...3 lines deleted...]
-        <v>-7.5695711124753595E-3</v>
+        <v>176.44742195720801</v>
+      </c>
+      <c r="CD21" s="75">
+        <v>183.86878489763362</v>
+      </c>
+      <c r="CE21" s="75">
+        <v>181.50319933231324</v>
+      </c>
+      <c r="CF21" s="75">
+        <v>183.0381669039387</v>
+      </c>
+      <c r="CH21" s="178">
+        <f t="shared" si="0"/>
+        <v>1.411304537193625E-2</v>
       </c>
     </row>
-    <row r="22" spans="1:84" s="82" customFormat="1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:87" s="82" customFormat="1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="D22" s="83"/>
       <c r="E22" s="83"/>
       <c r="F22" s="83"/>
       <c r="G22" s="83"/>
       <c r="H22" s="83"/>
       <c r="I22" s="83"/>
       <c r="J22" s="83"/>
       <c r="K22" s="83"/>
       <c r="L22" s="84"/>
       <c r="M22" s="83"/>
       <c r="N22" s="85"/>
       <c r="T22" s="84"/>
       <c r="U22" s="84"/>
       <c r="V22" s="84"/>
       <c r="W22" s="84"/>
       <c r="X22" s="84"/>
       <c r="Y22" s="83"/>
       <c r="Z22" s="85"/>
       <c r="AA22" s="84"/>
       <c r="AB22" s="84"/>
       <c r="AC22" s="84"/>
       <c r="AE22" s="84"/>
       <c r="AF22" s="84"/>
       <c r="AG22" s="84"/>
       <c r="AH22" s="84"/>
@@ -7459,53 +7639,56 @@
       <c r="AY22" s="84"/>
       <c r="AZ22" s="84"/>
       <c r="BA22" s="84"/>
       <c r="BB22" s="84"/>
       <c r="BC22" s="84"/>
       <c r="BD22" s="84"/>
       <c r="BG22" s="84"/>
       <c r="BH22" s="84"/>
       <c r="BI22" s="84"/>
       <c r="BJ22" s="84"/>
       <c r="BO22" s="84"/>
       <c r="BP22" s="84"/>
       <c r="BQ22" s="84"/>
       <c r="BR22" s="84"/>
       <c r="BS22" s="84"/>
       <c r="BT22" s="84"/>
       <c r="BU22" s="84"/>
       <c r="BV22" s="84"/>
       <c r="BW22" s="84"/>
       <c r="BX22" s="84"/>
       <c r="BY22" s="84"/>
       <c r="BZ22" s="84"/>
       <c r="CA22" s="84"/>
       <c r="CB22" s="84"/>
       <c r="CC22" s="84"/>
+      <c r="CD22" s="84"/>
       <c r="CE22" s="84"/>
+      <c r="CF22" s="84"/>
+      <c r="CH22" s="84"/>
     </row>
-    <row r="23" spans="1:84" s="82" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:87" s="82" customFormat="1" x14ac:dyDescent="0.3">
       <c r="C23" s="86"/>
       <c r="D23" s="86"/>
       <c r="E23" s="86"/>
       <c r="F23" s="86"/>
       <c r="G23" s="86"/>
       <c r="H23" s="86"/>
       <c r="I23" s="86"/>
       <c r="J23" s="86"/>
       <c r="K23" s="86"/>
       <c r="L23" s="84"/>
       <c r="M23" s="83"/>
       <c r="N23" s="87"/>
       <c r="O23" s="87"/>
       <c r="P23" s="87"/>
       <c r="Q23" s="87"/>
       <c r="R23" s="87"/>
       <c r="S23" s="87"/>
       <c r="T23" s="87"/>
       <c r="U23" s="87"/>
       <c r="V23" s="87"/>
       <c r="W23" s="87"/>
       <c r="X23" s="87"/>
       <c r="Y23" s="87"/>
       <c r="Z23" s="87"/>
       <c r="AE23" s="84"/>
@@ -7532,53 +7715,56 @@
       <c r="BB23" s="84"/>
       <c r="BC23" s="84"/>
       <c r="BD23" s="84"/>
       <c r="BG23" s="84"/>
       <c r="BH23" s="84"/>
       <c r="BI23" s="84"/>
       <c r="BJ23" s="84"/>
       <c r="BK23" s="87"/>
       <c r="BL23" s="87"/>
       <c r="BM23" s="87"/>
       <c r="BN23" s="87"/>
       <c r="BO23" s="87"/>
       <c r="BP23" s="87"/>
       <c r="BQ23" s="87"/>
       <c r="BR23" s="87"/>
       <c r="BS23" s="84"/>
       <c r="BT23" s="84"/>
       <c r="BU23" s="84"/>
       <c r="BV23" s="87"/>
       <c r="BX23" s="84"/>
       <c r="BY23" s="84"/>
       <c r="BZ23" s="84"/>
       <c r="CA23" s="84"/>
       <c r="CB23" s="84"/>
       <c r="CC23" s="84"/>
-      <c r="CE23" s="87"/>
+      <c r="CD23" s="84"/>
+      <c r="CE23" s="84"/>
+      <c r="CF23" s="84"/>
+      <c r="CH23" s="87"/>
     </row>
-    <row r="24" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3">
         <v>2019</v>
       </c>
       <c r="D24" s="4">
         <v>2019</v>
       </c>
       <c r="E24" s="4">
         <v>2019</v>
       </c>
       <c r="F24" s="4">
         <v>2019</v>
       </c>
       <c r="G24" s="4">
         <v>2019</v>
       </c>
       <c r="H24" s="4">
         <v>2019</v>
       </c>
       <c r="I24" s="4">
         <v>2019</v>
       </c>
       <c r="J24" s="4">
         <v>2019</v>
@@ -7775,55 +7961,64 @@
       </c>
       <c r="BV24" s="7">
         <v>2024</v>
       </c>
       <c r="BW24" s="3">
         <v>2025</v>
       </c>
       <c r="BX24" s="4">
         <v>2025</v>
       </c>
       <c r="BY24" s="4">
         <v>2025</v>
       </c>
       <c r="BZ24" s="4">
         <v>2025</v>
       </c>
       <c r="CA24" s="4">
         <v>2025</v>
       </c>
       <c r="CB24" s="4">
         <v>2025</v>
       </c>
       <c r="CC24" s="4">
         <v>2025</v>
       </c>
-      <c r="CE24" s="175" t="s">
+      <c r="CD24" s="4">
+        <v>2025</v>
+      </c>
+      <c r="CE24" s="4">
+        <v>2025</v>
+      </c>
+      <c r="CF24" s="4">
+        <v>2025</v>
+      </c>
+      <c r="CH24" s="175" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="25" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I25" s="11" t="s">
         <v>11</v>
       </c>
@@ -8022,55 +8217,64 @@
       </c>
       <c r="BV25" s="14" t="s">
         <v>16</v>
       </c>
       <c r="BW25" s="10" t="s">
         <v>5</v>
       </c>
       <c r="BX25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="BY25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="BZ25" s="11" t="s">
         <v>8</v>
       </c>
       <c r="CA25" s="11" t="s">
         <v>9</v>
       </c>
       <c r="CB25" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CC25" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="CE25" s="176" t="s">
+      <c r="CD25" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="CE25" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="CF25" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="CH25" s="176" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="26" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A26" s="181" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="88" t="s">
         <v>17</v>
       </c>
       <c r="C26" s="89">
         <v>2.3426749999999998</v>
       </c>
       <c r="D26" s="54">
         <v>4.50284</v>
       </c>
       <c r="E26" s="54">
         <v>6.9011209999999998</v>
       </c>
       <c r="F26" s="54">
         <v>9.3389539999999993</v>
       </c>
       <c r="G26" s="54">
         <v>11.649063</v>
       </c>
       <c r="H26" s="54">
         <v>14.315338000000001</v>
       </c>
       <c r="I26" s="54">
@@ -8265,61 +8469,70 @@
       <c r="BT26" s="21">
         <v>31.337087</v>
       </c>
       <c r="BU26" s="21">
         <v>34.377470000000002</v>
       </c>
       <c r="BV26" s="21">
         <v>37.477972000000001</v>
       </c>
       <c r="BW26" s="20">
         <v>3.189594</v>
       </c>
       <c r="BX26" s="21">
         <v>6.0187139999999992</v>
       </c>
       <c r="BY26" s="21">
         <v>9.0246649999999988</v>
       </c>
       <c r="BZ26" s="21">
         <v>12.475185</v>
       </c>
       <c r="CA26" s="21">
         <v>16.098344000000001</v>
       </c>
       <c r="CB26" s="21">
-        <v>19.711345000000001</v>
+        <v>19.711128000000002</v>
       </c>
       <c r="CC26" s="21">
-        <v>23.64</v>
-[...3 lines deleted...]
-        <v>0.12694082664446604</v>
+        <v>23.644191000000003</v>
+      </c>
+      <c r="CD26" s="21">
+        <v>27.936921000000005</v>
+      </c>
+      <c r="CE26" s="21">
+        <v>31.941009000000005</v>
+      </c>
+      <c r="CF26" s="21">
+        <v>36.003767000000003</v>
+      </c>
+      <c r="CH26" s="177">
+        <f>+CF26/BT26-1</f>
+        <v>0.14891875559460921</v>
       </c>
     </row>
-    <row r="27" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A27" s="182"/>
       <c r="B27" s="90" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="91">
         <v>14929</v>
       </c>
       <c r="D27" s="28">
         <v>28194</v>
       </c>
       <c r="E27" s="28">
         <v>42958</v>
       </c>
       <c r="F27" s="28">
         <v>57589</v>
       </c>
       <c r="G27" s="28">
         <v>72587</v>
       </c>
       <c r="H27" s="28">
         <v>88843</v>
       </c>
       <c r="I27" s="29">
         <v>106156</v>
       </c>
@@ -8512,61 +8725,70 @@
       <c r="BT27" s="28">
         <v>171977</v>
       </c>
       <c r="BU27" s="28">
         <v>188681</v>
       </c>
       <c r="BV27" s="28">
         <v>206048</v>
       </c>
       <c r="BW27" s="27">
         <v>17853</v>
       </c>
       <c r="BX27" s="28">
         <v>32972</v>
       </c>
       <c r="BY27" s="28">
         <v>49856</v>
       </c>
       <c r="BZ27" s="28">
         <v>68767</v>
       </c>
       <c r="CA27" s="28">
         <v>88759</v>
       </c>
       <c r="CB27" s="28">
-        <v>108553</v>
+        <v>108554</v>
       </c>
       <c r="CC27" s="28">
         <v>129812</v>
       </c>
-      <c r="CE27" s="178">
-[...1 lines deleted...]
-        <v>0.11840370813912404</v>
+      <c r="CD27" s="28">
+        <v>152262</v>
+      </c>
+      <c r="CE27" s="28">
+        <v>173561</v>
+      </c>
+      <c r="CF27" s="28">
+        <v>195237</v>
+      </c>
+      <c r="CH27" s="178">
+        <f t="shared" ref="CH27:CH43" si="1">+CF27/BT27-1</f>
+        <v>0.13525064398146269</v>
       </c>
     </row>
-    <row r="28" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A28" s="182"/>
       <c r="B28" s="90" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="92">
         <v>2.7510359999999996</v>
       </c>
       <c r="D28" s="35">
         <v>5.2079509999999996</v>
       </c>
       <c r="E28" s="35">
         <v>7.943935999999999</v>
       </c>
       <c r="F28" s="35">
         <v>10.647709999999998</v>
       </c>
       <c r="G28" s="35">
         <v>13.424851999999998</v>
       </c>
       <c r="H28" s="35">
         <v>16.434970999999997</v>
       </c>
       <c r="I28" s="36">
         <v>19.637254999999996</v>
       </c>
@@ -8759,61 +8981,70 @@
       <c r="BT28" s="35">
         <v>35.618817999999997</v>
       </c>
       <c r="BU28" s="35">
         <v>39.112667999999999</v>
       </c>
       <c r="BV28" s="35">
         <v>42.751567000000001</v>
       </c>
       <c r="BW28" s="34">
         <v>3.7409859999999995</v>
       </c>
       <c r="BX28" s="35">
         <v>6.9166469999999993</v>
       </c>
       <c r="BY28" s="35">
         <v>10.481873999999999</v>
       </c>
       <c r="BZ28" s="35">
         <v>14.458151000000001</v>
       </c>
       <c r="CA28" s="35">
         <v>18.674993000000001</v>
       </c>
       <c r="CB28" s="35">
-        <v>22.845897000000001</v>
+        <v>22.845298</v>
       </c>
       <c r="CC28" s="35">
-        <v>27.32</v>
-[...3 lines deleted...]
-        <v>0.14094819644154466</v>
+        <v>27.316929999999999</v>
+      </c>
+      <c r="CD28" s="35">
+        <v>32.040996</v>
+      </c>
+      <c r="CE28" s="35">
+        <v>36.554935</v>
+      </c>
+      <c r="CF28" s="35">
+        <v>41.136628000000002</v>
+      </c>
+      <c r="CH28" s="178">
+        <f t="shared" si="1"/>
+        <v>0.15491277672380943</v>
       </c>
     </row>
-    <row r="29" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A29" s="182"/>
       <c r="B29" s="93" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="94">
         <v>0.85156101192423517</v>
       </c>
       <c r="D29" s="43">
         <v>0.86460874919906128</v>
       </c>
       <c r="E29" s="43">
         <v>0.86872817202958341</v>
       </c>
       <c r="F29" s="43">
         <v>0.87708568321263458</v>
       </c>
       <c r="G29" s="43">
         <v>0.86772375591179718</v>
       </c>
       <c r="H29" s="43">
         <v>0.87102910008177092</v>
       </c>
       <c r="I29" s="44">
         <v>0.87881809346571105</v>
       </c>
@@ -9006,64 +9237,73 @@
       <c r="BT29" s="43">
         <v>0.87979019966355998</v>
       </c>
       <c r="BU29" s="43">
         <v>0.87893441582660647</v>
       </c>
       <c r="BV29" s="43">
         <v>0.87664557418445033</v>
       </c>
       <c r="BW29" s="42">
         <v>0.85260784188981209</v>
       </c>
       <c r="BX29" s="43">
         <v>0.87017799231332749</v>
       </c>
       <c r="BY29" s="43">
         <v>0.86097819912736973</v>
       </c>
       <c r="BZ29" s="43">
         <v>0.86284788421424008</v>
       </c>
       <c r="CA29" s="43">
         <v>0.86202677559236573</v>
       </c>
       <c r="CB29" s="43">
-        <v>0.86279584469806547</v>
+        <v>0.86280896839253318</v>
       </c>
       <c r="CC29" s="43">
-        <v>0.86554299999999995</v>
-[...5 lines deleted...]
-      <c r="CF29" t="s">
+        <v>0.86555081409221324</v>
+      </c>
+      <c r="CD29" s="43">
+        <v>0.87191175330504722</v>
+      </c>
+      <c r="CE29" s="43">
+        <v>0.87378103667808471</v>
+      </c>
+      <c r="CF29" s="43">
+        <v>0.87522407038321182</v>
+      </c>
+      <c r="CH29" s="179">
+        <f>+(CF29-BT29)*100</f>
+        <v>-0.45661292803481635</v>
+      </c>
+      <c r="CI29" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="30" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A30" s="182"/>
       <c r="B30" s="90" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="91">
         <v>3271.2364419999967</v>
       </c>
       <c r="D30" s="28">
         <v>6182.0257940000047</v>
       </c>
       <c r="E30" s="28">
         <v>9467.5357620000013</v>
       </c>
       <c r="F30" s="28">
         <v>12912.758939000005</v>
       </c>
       <c r="G30" s="28">
         <v>16400.841610000003</v>
       </c>
       <c r="H30" s="28">
         <v>20291.803813999999</v>
       </c>
       <c r="I30" s="28">
         <v>24540.087804000003</v>
       </c>
@@ -9241,76 +9481,85 @@
       <c r="BO30" s="28">
         <v>25058.690061226363</v>
       </c>
       <c r="BP30" s="28">
         <v>31088.044706662793</v>
       </c>
       <c r="BQ30" s="28">
         <v>37479.5217451633</v>
       </c>
       <c r="BR30" s="28">
         <v>43993.434386222987</v>
       </c>
       <c r="BS30" s="28">
         <v>50041.855042386414</v>
       </c>
       <c r="BT30" s="28">
         <v>55987.688109553419</v>
       </c>
       <c r="BU30" s="28">
         <v>61287.276095906447</v>
       </c>
       <c r="BV30" s="28">
         <v>66808.340927242447</v>
       </c>
       <c r="BW30" s="27">
-        <v>5710.1961180359931</v>
+        <v>5710.1961180359885</v>
       </c>
       <c r="BX30" s="28">
-        <v>10649.447732788842</v>
+        <v>10649.447732788831</v>
       </c>
       <c r="BY30" s="28">
-        <v>16117.417554811696</v>
+        <v>16117.417554811685</v>
       </c>
       <c r="BZ30" s="28">
-        <v>22438.452557178985</v>
+        <v>22438.452557178993</v>
       </c>
       <c r="CA30" s="28">
-        <v>29176.159355186177</v>
+        <v>29176.159355186217</v>
       </c>
       <c r="CB30" s="28">
-        <v>35974.920305568136</v>
+        <v>35974.378513608201</v>
       </c>
       <c r="CC30" s="28">
-        <v>43213.66</v>
-[...3 lines deleted...]
-        <v>0.15299390141168723</v>
+        <v>43213.659598086117</v>
+      </c>
+      <c r="CD30" s="28">
+        <v>50855.48026929667</v>
+      </c>
+      <c r="CE30" s="28">
+        <v>58144.6191783553</v>
+      </c>
+      <c r="CF30" s="28">
+        <v>65605.793443347735</v>
+      </c>
+      <c r="CH30" s="178">
+        <f t="shared" si="1"/>
+        <v>0.17178964980611755</v>
       </c>
     </row>
-    <row r="31" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="182"/>
       <c r="B31" s="90" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="91">
         <v>156.92109317435862</v>
       </c>
       <c r="D31" s="28">
         <v>159.70915797687451</v>
       </c>
       <c r="E31" s="28">
         <v>160.64809814237162</v>
       </c>
       <c r="F31" s="29">
         <v>162.16558717810693</v>
       </c>
       <c r="G31" s="29">
         <v>160.48415005441746</v>
       </c>
       <c r="H31" s="29">
         <v>161.13073624258524</v>
       </c>
       <c r="I31" s="29">
         <v>162.56806021327102</v>
       </c>
@@ -9503,61 +9752,70 @@
       <c r="BT31" s="28">
         <v>182.2167324700396</v>
       </c>
       <c r="BU31" s="28">
         <v>182.19889655026211</v>
       </c>
       <c r="BV31" s="28">
         <v>181.8895208883367</v>
       </c>
       <c r="BW31" s="27">
         <v>178.65871282137456</v>
       </c>
       <c r="BX31" s="28">
         <v>182.54015528327065</v>
       </c>
       <c r="BY31" s="28">
         <v>181.01462211168163</v>
       </c>
       <c r="BZ31" s="28">
         <v>181.41237803015983</v>
       </c>
       <c r="CA31" s="28">
         <v>181.37139895672553</v>
       </c>
       <c r="CB31" s="28">
-        <v>181.58268311331793</v>
+        <v>181.5790113676143</v>
       </c>
       <c r="CC31" s="28">
-        <v>182.14</v>
-[...3 lines deleted...]
-        <v>7.8019991663305088E-3</v>
+        <v>182.14179736850218</v>
+      </c>
+      <c r="CD31" s="28">
+        <v>183.47927256964971</v>
+      </c>
+      <c r="CE31" s="28">
+        <v>184.03333122072357</v>
+      </c>
+      <c r="CF31" s="28">
+        <v>184.41057279101813</v>
+      </c>
+      <c r="CH31" s="178">
+        <f t="shared" si="1"/>
+        <v>1.2039730332335186E-2</v>
       </c>
     </row>
-    <row r="32" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A32" s="184" t="s">
         <v>2</v>
       </c>
       <c r="B32" s="95" t="s">
         <v>17</v>
       </c>
       <c r="C32" s="89">
         <v>1.3808050000000001</v>
       </c>
       <c r="D32" s="54">
         <v>2.6323030000000003</v>
       </c>
       <c r="E32" s="54">
         <v>3.9854720000000006</v>
       </c>
       <c r="F32" s="54">
         <v>5.2156650000000004</v>
       </c>
       <c r="G32" s="54">
         <v>6.4497560000000007</v>
       </c>
       <c r="H32" s="54">
         <v>7.780577000000001</v>
       </c>
       <c r="I32" s="54">
@@ -9752,61 +10010,70 @@
       <c r="BT32" s="54">
         <v>11.682457000000001</v>
       </c>
       <c r="BU32" s="54">
         <v>12.865154</v>
       </c>
       <c r="BV32" s="54">
         <v>14.055424</v>
       </c>
       <c r="BW32" s="53">
         <v>1.2071050000000001</v>
       </c>
       <c r="BX32" s="54">
         <v>2.192536</v>
       </c>
       <c r="BY32" s="54">
         <v>3.3019530000000001</v>
       </c>
       <c r="BZ32" s="54">
         <v>4.5215860000000001</v>
       </c>
       <c r="CA32" s="54">
         <v>5.8319410000000005</v>
       </c>
       <c r="CB32" s="54">
-        <v>7.1178980000000003</v>
+        <v>7.1179000000000006</v>
       </c>
       <c r="CC32" s="54">
-        <v>8.5399999999999991</v>
-[...3 lines deleted...]
-        <v>6.8677281610353802E-2</v>
+        <v>8.5357050000000001</v>
+      </c>
+      <c r="CD32" s="54">
+        <v>10.062313</v>
+      </c>
+      <c r="CE32" s="54">
+        <v>11.456747999999999</v>
+      </c>
+      <c r="CF32" s="54">
+        <v>12.819509999999999</v>
+      </c>
+      <c r="CH32" s="177">
+        <f t="shared" si="1"/>
+        <v>9.7329953793110269E-2</v>
       </c>
     </row>
-    <row r="33" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A33" s="182"/>
       <c r="B33" s="96" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="91">
         <v>8070</v>
       </c>
       <c r="D33" s="28">
         <v>15407</v>
       </c>
       <c r="E33" s="28">
         <v>23448</v>
       </c>
       <c r="F33" s="28">
         <v>30338</v>
       </c>
       <c r="G33" s="28">
         <v>37826</v>
       </c>
       <c r="H33" s="28">
         <v>45490</v>
       </c>
       <c r="I33" s="28">
         <v>53289</v>
       </c>
@@ -10004,56 +10271,65 @@
       </c>
       <c r="BV33" s="28">
         <v>74275</v>
       </c>
       <c r="BW33" s="27">
         <v>6431</v>
       </c>
       <c r="BX33" s="28">
         <v>11556</v>
       </c>
       <c r="BY33" s="28">
         <v>17644</v>
       </c>
       <c r="BZ33" s="28">
         <v>23856</v>
       </c>
       <c r="CA33" s="28">
         <v>30549</v>
       </c>
       <c r="CB33" s="28">
         <v>37009</v>
       </c>
       <c r="CC33" s="28">
         <v>44012</v>
       </c>
-      <c r="CE33" s="178">
-[...1 lines deleted...]
-        <v>3.1064049102750291E-2</v>
+      <c r="CD33" s="28">
+        <v>51418</v>
+      </c>
+      <c r="CE33" s="28">
+        <v>58339</v>
+      </c>
+      <c r="CF33" s="28">
+        <v>65264</v>
+      </c>
+      <c r="CH33" s="178">
+        <f t="shared" si="1"/>
+        <v>5.9136643946770429E-2</v>
       </c>
     </row>
-    <row r="34" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A34" s="182"/>
       <c r="B34" s="96" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="92">
         <v>1.5096540000000001</v>
       </c>
       <c r="D34" s="35">
         <v>2.8791020000000001</v>
       </c>
       <c r="E34" s="35">
         <v>4.3790329999999997</v>
       </c>
       <c r="F34" s="36">
         <v>5.6656909999999998</v>
       </c>
       <c r="G34" s="36">
         <v>7.0637539999999994</v>
       </c>
       <c r="H34" s="36">
         <v>8.4979579999999988</v>
       </c>
       <c r="I34" s="36">
         <v>9.9564499999999985</v>
       </c>
@@ -10249,58 +10525,67 @@
       <c r="BU34" s="35">
         <v>14.036241999999998</v>
       </c>
       <c r="BV34" s="35">
         <v>15.379232999999997</v>
       </c>
       <c r="BW34" s="34">
         <v>1.3410089999999999</v>
       </c>
       <c r="BX34" s="35">
         <v>2.408487</v>
       </c>
       <c r="BY34" s="35">
         <v>3.6851150000000001</v>
       </c>
       <c r="BZ34" s="35">
         <v>5.030081</v>
       </c>
       <c r="CA34" s="35">
         <v>6.4817330000000002</v>
       </c>
       <c r="CB34" s="35">
         <v>7.8853309999999999</v>
       </c>
       <c r="CC34" s="35">
-        <v>9.39</v>
-[...3 lines deleted...]
-        <v>7.3547738004047236E-2</v>
+        <v>9.3943449999999995</v>
+      </c>
+      <c r="CD34" s="35">
+        <v>10.988396</v>
+      </c>
+      <c r="CE34" s="35">
+        <v>12.493605000000001</v>
+      </c>
+      <c r="CF34" s="35">
+        <v>13.988106</v>
+      </c>
+      <c r="CH34" s="178">
+        <f t="shared" si="1"/>
+        <v>9.7956300288929654E-2</v>
       </c>
     </row>
-    <row r="35" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A35" s="182"/>
       <c r="B35" s="97" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="94">
         <v>0.91464997939925308</v>
       </c>
       <c r="D35" s="43">
         <v>0.9142791745481752</v>
       </c>
       <c r="E35" s="43">
         <v>0.91012604837643396</v>
       </c>
       <c r="F35" s="44">
         <v>0.92056997107678495</v>
       </c>
       <c r="G35" s="44">
         <v>0.91307766380312805</v>
       </c>
       <c r="H35" s="44">
         <v>0.91558195510027252</v>
       </c>
       <c r="I35" s="44">
         <v>0.9226208136434173</v>
       </c>
@@ -10493,64 +10778,73 @@
       <c r="BT35" s="43">
         <v>0.9169809884200556</v>
       </c>
       <c r="BU35" s="43">
         <v>0.91656684175151737</v>
       </c>
       <c r="BV35" s="43">
         <v>0.9139223002863669</v>
       </c>
       <c r="BW35" s="42">
         <v>0.9001468297379065</v>
       </c>
       <c r="BX35" s="43">
         <v>0.9103374857327442</v>
       </c>
       <c r="BY35" s="43">
         <v>0.89602441172120817</v>
       </c>
       <c r="BZ35" s="43">
         <v>0.89890918257578756</v>
       </c>
       <c r="CA35" s="43">
         <v>0.89975026740533748</v>
       </c>
       <c r="CB35" s="43">
-        <v>0.90267586737956851</v>
+        <v>0.90267612101508499</v>
       </c>
       <c r="CC35" s="43">
-        <v>0.90859999999999996</v>
-[...5 lines deleted...]
-      <c r="CF35" t="s">
+        <v>0.90860033349850367</v>
+      </c>
+      <c r="CD35" s="43">
+        <v>0.91572173045092298</v>
+      </c>
+      <c r="CE35" s="43">
+        <v>0.91700898179508628</v>
+      </c>
+      <c r="CF35" s="43">
+        <v>0.9164578821464463</v>
+      </c>
+      <c r="CH35" s="179">
+        <f>+(CF35-BT35)*100</f>
+        <v>-5.2310627360929729E-2</v>
+      </c>
+      <c r="CI35" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="36" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A36" s="182"/>
       <c r="B36" s="96" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="91">
         <v>1121.2041770000023</v>
       </c>
       <c r="D36" s="28">
         <v>2137.5247070000069</v>
       </c>
       <c r="E36" s="28">
         <v>3255.2722710000098</v>
       </c>
       <c r="F36" s="28">
         <v>4193.1629660000117</v>
       </c>
       <c r="G36" s="28">
         <v>5214.3918740000099</v>
       </c>
       <c r="H36" s="28">
         <v>6247.8680780000068</v>
       </c>
       <c r="I36" s="28">
         <v>7293.8226970000023</v>
       </c>
@@ -10728,76 +11022,85 @@
       <c r="BO36" s="28">
         <v>4569.5884295267979</v>
       </c>
       <c r="BP36" s="28">
         <v>5532.15670370923</v>
       </c>
       <c r="BQ36" s="28">
         <v>6527.4189480856667</v>
       </c>
       <c r="BR36" s="28">
         <v>7537.9742031681762</v>
       </c>
       <c r="BS36" s="28">
         <v>8460.8136268214839</v>
       </c>
       <c r="BT36" s="28">
         <v>9411.3752038740131</v>
       </c>
       <c r="BU36" s="28">
         <v>10385.25209805904</v>
       </c>
       <c r="BV36" s="28">
         <v>11399.597059535041</v>
       </c>
       <c r="BW36" s="27">
-        <v>1021.8326493319993</v>
+        <v>1021.8326493320077</v>
       </c>
       <c r="BX36" s="28">
-        <v>1822.7811361548747</v>
+        <v>1822.7811361548888</v>
       </c>
       <c r="BY36" s="28">
-        <v>2793.8846348868751</v>
+        <v>2793.8846348868974</v>
       </c>
       <c r="BZ36" s="28">
-        <v>3798.7439359360224</v>
+        <v>3798.7439359360487</v>
       </c>
       <c r="CA36" s="28">
-        <v>4898.9811904680209</v>
+        <v>4898.9811904680555</v>
       </c>
       <c r="CB36" s="28">
-        <v>5960.9331324200211</v>
+        <v>5960.9331324200593</v>
       </c>
       <c r="CC36" s="28">
-        <v>7103.71</v>
-[...3 lines deleted...]
-        <v>8.8287737695057267E-2</v>
+        <v>7103.7140651120644</v>
+      </c>
+      <c r="CD36" s="28">
+        <v>8328.9174673320704</v>
+      </c>
+      <c r="CE36" s="28">
+        <v>9485.9166197366321</v>
+      </c>
+      <c r="CF36" s="28">
+        <v>10639.783188344631</v>
+      </c>
+      <c r="CH36" s="178">
+        <f t="shared" si="1"/>
+        <v>0.13052375002167227</v>
       </c>
     </row>
-    <row r="37" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="185"/>
       <c r="B37" s="98" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="99">
         <v>171.10346964064436</v>
       </c>
       <c r="D37" s="66">
         <v>170.85110663983903</v>
       </c>
       <c r="E37" s="66">
         <v>169.97065847833505</v>
       </c>
       <c r="F37" s="63">
         <v>171.91855099215508</v>
       </c>
       <c r="G37" s="63">
         <v>170.51118278432827</v>
       </c>
       <c r="H37" s="63">
         <v>171.03928335898001</v>
       </c>
       <c r="I37" s="63">
         <v>172.3813169697311</v>
       </c>
@@ -10990,61 +11293,70 @@
       <c r="BT37" s="66">
         <v>189.58872119441742</v>
       </c>
       <c r="BU37" s="66">
         <v>189.72355109865802</v>
       </c>
       <c r="BV37" s="66">
         <v>189.23492426792328</v>
       </c>
       <c r="BW37" s="65">
         <v>187.70097962991761</v>
       </c>
       <c r="BX37" s="66">
         <v>189.73139494634822</v>
       </c>
       <c r="BY37" s="66">
         <v>187.14310813874405</v>
       </c>
       <c r="BZ37" s="66">
         <v>189.53663648558015</v>
       </c>
       <c r="CA37" s="66">
         <v>190.9044813250843</v>
       </c>
       <c r="CB37" s="66">
-        <v>192.32883893107081</v>
+        <v>192.3288929719798</v>
       </c>
       <c r="CC37" s="66">
-        <v>193.94</v>
-[...3 lines deleted...]
-        <v>3.5956590679206979E-2</v>
+        <v>193.94040261746795</v>
+      </c>
+      <c r="CD37" s="66">
+        <v>195.6963125753627</v>
+      </c>
+      <c r="CE37" s="66">
+        <v>196.38231714633434</v>
+      </c>
+      <c r="CF37" s="66">
+        <v>196.42544128462856</v>
+      </c>
+      <c r="CH37" s="178">
+        <f t="shared" si="1"/>
+        <v>3.6060795426750669E-2</v>
       </c>
     </row>
-    <row r="38" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A38" s="181" t="s">
         <v>3</v>
       </c>
       <c r="B38" s="100" t="s">
         <v>17</v>
       </c>
       <c r="C38" s="101">
         <v>0.96187</v>
       </c>
       <c r="D38" s="21">
         <v>1.8705370000000001</v>
       </c>
       <c r="E38" s="21">
         <v>2.9156490000000002</v>
       </c>
       <c r="F38" s="21">
         <v>4.1232889999999998</v>
       </c>
       <c r="G38" s="21">
         <v>5.1993070000000001</v>
       </c>
       <c r="H38" s="21">
         <v>6.5347610000000005</v>
       </c>
       <c r="I38" s="21">
@@ -11239,61 +11551,70 @@
       <c r="BT38" s="21">
         <v>19.654629999999997</v>
       </c>
       <c r="BU38" s="21">
         <v>21.512315999999998</v>
       </c>
       <c r="BV38" s="21">
         <v>23.422547999999999</v>
       </c>
       <c r="BW38" s="53">
         <v>1.9824889999999999</v>
       </c>
       <c r="BX38" s="21">
         <v>3.8261779999999996</v>
       </c>
       <c r="BY38" s="21">
         <v>5.7227119999999996</v>
       </c>
       <c r="BZ38" s="21">
         <v>7.9535989999999996</v>
       </c>
       <c r="CA38" s="21">
         <v>10.266403</v>
       </c>
       <c r="CB38" s="21">
-        <v>12.593447000000001</v>
+        <v>12.593228</v>
       </c>
       <c r="CC38" s="21">
-        <v>15.11</v>
-[...3 lines deleted...]
-        <v>0.16356461060205274</v>
+        <v>15.108485999999999</v>
+      </c>
+      <c r="CD38" s="21">
+        <v>17.874607999999998</v>
+      </c>
+      <c r="CE38" s="21">
+        <v>20.484260999999996</v>
+      </c>
+      <c r="CF38" s="21">
+        <v>23.184256999999995</v>
+      </c>
+      <c r="CH38" s="177">
+        <f t="shared" si="1"/>
+        <v>0.17958246988114235</v>
       </c>
     </row>
-    <row r="39" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A39" s="182"/>
       <c r="B39" s="96" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="91">
         <v>6859</v>
       </c>
       <c r="D39" s="28">
         <v>12787</v>
       </c>
       <c r="E39" s="28">
         <v>19510</v>
       </c>
       <c r="F39" s="28">
         <v>27251</v>
       </c>
       <c r="G39" s="28">
         <v>34761</v>
       </c>
       <c r="H39" s="28">
         <v>43353</v>
       </c>
       <c r="I39" s="28">
         <v>52867</v>
       </c>
@@ -11486,61 +11807,70 @@
       <c r="BT39" s="28">
         <v>110357</v>
       </c>
       <c r="BU39" s="28">
         <v>120871</v>
       </c>
       <c r="BV39" s="28">
         <v>131773</v>
       </c>
       <c r="BW39" s="27">
         <v>11422</v>
       </c>
       <c r="BX39" s="28">
         <v>21416</v>
       </c>
       <c r="BY39" s="28">
         <v>32212</v>
       </c>
       <c r="BZ39" s="28">
         <v>44911</v>
       </c>
       <c r="CA39" s="28">
         <v>58210</v>
       </c>
       <c r="CB39" s="28">
-        <v>71544</v>
+        <v>71545</v>
       </c>
       <c r="CC39" s="28">
         <v>85800</v>
       </c>
-      <c r="CE39" s="178">
-[...1 lines deleted...]
-        <v>0.16920812722292622</v>
+      <c r="CD39" s="28">
+        <v>100844</v>
+      </c>
+      <c r="CE39" s="28">
+        <v>115222</v>
+      </c>
+      <c r="CF39" s="28">
+        <v>129973</v>
+      </c>
+      <c r="CH39" s="178">
+        <f t="shared" si="1"/>
+        <v>0.17775039190989239</v>
       </c>
     </row>
-    <row r="40" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A40" s="182"/>
       <c r="B40" s="96" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="92">
         <v>1.241382</v>
       </c>
       <c r="D40" s="35">
         <v>2.3288489999999999</v>
       </c>
       <c r="E40" s="35">
         <v>3.5649030000000002</v>
       </c>
       <c r="F40" s="35">
         <v>4.9820190000000002</v>
       </c>
       <c r="G40" s="35">
         <v>6.3610980000000001</v>
       </c>
       <c r="H40" s="35">
         <v>7.9370130000000003</v>
       </c>
       <c r="I40" s="35">
         <v>9.6808049999999994</v>
       </c>
@@ -11733,61 +12063,70 @@
       <c r="BT40" s="35">
         <v>22.878688</v>
       </c>
       <c r="BU40" s="35">
         <v>25.076426000000001</v>
       </c>
       <c r="BV40" s="35">
         <v>27.372334000000002</v>
       </c>
       <c r="BW40" s="34">
         <v>2.3999769999999998</v>
       </c>
       <c r="BX40" s="35">
         <v>4.5081600000000002</v>
       </c>
       <c r="BY40" s="35">
         <v>6.7967589999999998</v>
       </c>
       <c r="BZ40" s="35">
         <v>9.42807</v>
       </c>
       <c r="CA40" s="35">
         <v>12.19326</v>
       </c>
       <c r="CB40" s="35">
-        <v>14.960566</v>
+        <v>14.959967000000001</v>
       </c>
       <c r="CC40" s="35">
-        <v>17.920000000000002</v>
-[...3 lines deleted...]
-        <v>0.17907954944422744</v>
+        <v>17.922585000000002</v>
+      </c>
+      <c r="CD40" s="35">
+        <v>21.052600000000002</v>
+      </c>
+      <c r="CE40" s="35">
+        <v>24.061330000000002</v>
+      </c>
+      <c r="CF40" s="35">
+        <v>27.148522</v>
+      </c>
+      <c r="CH40" s="178">
+        <f t="shared" si="1"/>
+        <v>0.18662932070230598</v>
       </c>
     </row>
-    <row r="41" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A41" s="182"/>
       <c r="B41" s="97" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="94">
         <v>0.77483804340646156</v>
       </c>
       <c r="D41" s="43">
         <v>0.80320235446780797</v>
       </c>
       <c r="E41" s="43">
         <v>0.81787611051408693</v>
       </c>
       <c r="F41" s="44">
         <v>0.82763413788666795</v>
       </c>
       <c r="G41" s="44">
         <v>0.81735999036644302</v>
       </c>
       <c r="H41" s="44">
         <v>0.82332749108512238</v>
       </c>
       <c r="I41" s="44">
         <v>0.83376816287488498</v>
       </c>
@@ -11980,64 +12319,73 @@
       <c r="BT41" s="43">
         <v>0.85908029341542647</v>
       </c>
       <c r="BU41" s="43">
         <v>0.85787009679928061</v>
       </c>
       <c r="BV41" s="43">
         <v>0.85570152695053325</v>
       </c>
       <c r="BW41" s="42">
         <v>0.82604499959791289</v>
       </c>
       <c r="BX41" s="43">
         <v>0.84872276050539452</v>
       </c>
       <c r="BY41" s="43">
         <v>0.84197659502124467</v>
       </c>
       <c r="BZ41" s="43">
         <v>0.84360839493130613</v>
       </c>
       <c r="CA41" s="43">
         <v>0.84197359852902343</v>
       </c>
       <c r="CB41" s="43">
-        <v>0.84177610659917557</v>
+        <v>0.84179517240913693</v>
       </c>
       <c r="CC41" s="43">
-        <v>0.842974</v>
-[...5 lines deleted...]
-      <c r="CF41" t="s">
+        <v>0.84298587508442546</v>
+      </c>
+      <c r="CD41" s="43">
+        <v>0.84904515356773025</v>
+      </c>
+      <c r="CE41" s="43">
+        <v>0.85133535843612951</v>
+      </c>
+      <c r="CF41" s="43">
+        <v>0.85397860701219741</v>
+      </c>
+      <c r="CH41" s="179">
+        <f>+(CF41-BT41)*100</f>
+        <v>-0.51016864032290554</v>
+      </c>
+      <c r="CI41" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="42" spans="1:84" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:87" x14ac:dyDescent="0.3">
       <c r="A42" s="182"/>
       <c r="B42" s="96" t="s">
         <v>21</v>
       </c>
       <c r="C42" s="91">
         <v>2150.0322649999989</v>
       </c>
       <c r="D42" s="28">
         <v>4044.5010870000028</v>
       </c>
       <c r="E42" s="28">
         <v>6212.2634910000015</v>
       </c>
       <c r="F42" s="28">
         <v>8719.5959730000013</v>
       </c>
       <c r="G42" s="28">
         <v>11186.449736000002</v>
       </c>
       <c r="H42" s="28">
         <v>14043.935736000007</v>
       </c>
       <c r="I42" s="28">
         <v>17246.265107000014</v>
       </c>
@@ -12215,76 +12563,85 @@
       <c r="BO42" s="28">
         <v>20489.101631699566</v>
       </c>
       <c r="BP42" s="28">
         <v>25555.888002953565</v>
       </c>
       <c r="BQ42" s="28">
         <v>30952.102797077638</v>
       </c>
       <c r="BR42" s="28">
         <v>36455.460183054813</v>
       </c>
       <c r="BS42" s="28">
         <v>41581.041415564941</v>
       </c>
       <c r="BT42" s="28">
         <v>46576.312905679413</v>
       </c>
       <c r="BU42" s="28">
         <v>50902.023997847413</v>
       </c>
       <c r="BV42" s="28">
         <v>55408.74386770741</v>
       </c>
       <c r="BW42" s="27">
-        <v>4688.3634687039939</v>
+        <v>4688.3634687039812</v>
       </c>
       <c r="BX42" s="28">
-        <v>8826.6665966339679</v>
+        <v>8826.6665966339424</v>
       </c>
       <c r="BY42" s="28">
-        <v>13323.532919924823</v>
+        <v>13323.532919924788</v>
       </c>
       <c r="BZ42" s="28">
-        <v>18639.708621242964</v>
+        <v>18639.708621242942</v>
       </c>
       <c r="CA42" s="28">
-        <v>24277.178164718156</v>
+        <v>24277.17816471816</v>
       </c>
       <c r="CB42" s="28">
-        <v>30013.987173148118</v>
+        <v>30013.445381188143</v>
       </c>
       <c r="CC42" s="28">
-        <v>36109.949999999997</v>
-[...3 lines deleted...]
-        <v>0.16663963791853709</v>
+        <v>36109.945532974052</v>
+      </c>
+      <c r="CD42" s="28">
+        <v>42526.562801964596</v>
+      </c>
+      <c r="CE42" s="28">
+        <v>48658.702558618665</v>
+      </c>
+      <c r="CF42" s="28">
+        <v>54966.010255003093</v>
+      </c>
+      <c r="CH42" s="178">
+        <f t="shared" si="1"/>
+        <v>0.18012798407451136</v>
       </c>
     </row>
-    <row r="43" spans="1:84" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:87" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="183"/>
       <c r="B43" s="106" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="107">
         <v>140.23472809447443</v>
       </c>
       <c r="D43" s="78">
         <v>146.2842730898569</v>
       </c>
       <c r="E43" s="78">
         <v>149.44382368016403</v>
       </c>
       <c r="F43" s="75">
         <v>151.30780521815711</v>
       </c>
       <c r="G43" s="75">
         <v>149.5729984753028</v>
       </c>
       <c r="H43" s="75">
         <v>150.73376698267711</v>
       </c>
       <c r="I43" s="75">
         <v>152.67647114457034</v>
       </c>
@@ -12477,84 +12834,95 @@
       <c r="BT43" s="109">
         <v>178.10043767046946</v>
       </c>
       <c r="BU43" s="109">
         <v>177.97748012343737</v>
       </c>
       <c r="BV43" s="109">
         <v>177.74922024997531</v>
       </c>
       <c r="BW43" s="108">
         <v>173.56758886359657</v>
       </c>
       <c r="BX43" s="109">
         <v>178.65978707508401</v>
       </c>
       <c r="BY43" s="109">
         <v>177.65776729169252</v>
       </c>
       <c r="BZ43" s="109">
         <v>177.09690276324287</v>
       </c>
       <c r="CA43" s="109">
         <v>176.36837313176429</v>
       </c>
       <c r="CB43" s="109">
-        <v>176.02380353348988</v>
+        <v>176.018282200014</v>
       </c>
       <c r="CC43" s="109">
-        <v>176.09</v>
-[...3 lines deleted...]
-        <v>-4.9241291958689315E-3</v>
+        <v>176.08958041958041</v>
+      </c>
+      <c r="CD43" s="109">
+        <v>177.25008924675737</v>
+      </c>
+      <c r="CE43" s="109">
+        <v>177.78081442780021</v>
+      </c>
+      <c r="CF43" s="109">
+        <v>178.37748609326547</v>
+      </c>
+      <c r="CH43" s="178">
+        <f t="shared" si="1"/>
+        <v>1.5555740705623933E-3</v>
       </c>
     </row>
-    <row r="44" spans="1:84" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="1:87" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A38:A43"/>
     <mergeCell ref="A4:A9"/>
     <mergeCell ref="A10:A15"/>
     <mergeCell ref="A16:A21"/>
     <mergeCell ref="A26:A31"/>
     <mergeCell ref="A32:A37"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;6&amp;KA80000 Genel (Public)</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D01AF1A1-369A-42DD-A60B-E0B84F58B29F}">
   <dimension ref="B2:N34"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="K5" sqref="K5"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="28.109375" customWidth="1"/>
     <col min="3" max="14" width="12.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="139" t="s">
         <v>26</v>
       </c>
       <c r="C2" s="140">
         <v>2019</v>
       </c>
       <c r="D2" s="141">
         <v>2020</v>
       </c>
       <c r="E2" s="140">
         <v>2021</v>
       </c>
       <c r="F2" s="142">
         <v>2022</v>
       </c>
       <c r="G2" s="173">
         <v>2023</v>
@@ -12593,77 +12961,77 @@
       </c>
     </row>
     <row r="4" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="146" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="147">
         <v>65.147499999999994</v>
       </c>
       <c r="D4" s="148">
         <v>71.294600000000003</v>
       </c>
       <c r="E4" s="149">
         <v>71.020300000000006</v>
       </c>
       <c r="F4" s="149">
         <v>62.086799999999997</v>
       </c>
       <c r="G4" s="149">
         <v>61.3352</v>
       </c>
       <c r="H4" s="149">
         <v>58.301173718604325</v>
       </c>
       <c r="I4" s="149">
-        <v>57.542070818771933</v>
+        <v>57.056860843889353</v>
       </c>
     </row>
     <row r="5" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="150" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="151">
         <v>56.620800000000003</v>
       </c>
       <c r="D5" s="152">
         <v>55.729199999999999</v>
       </c>
       <c r="E5" s="153">
         <v>53.521299999999997</v>
       </c>
       <c r="F5" s="153">
         <v>52.027090000000001</v>
       </c>
       <c r="G5" s="153">
         <v>51.518000000000001</v>
       </c>
       <c r="H5" s="153">
         <v>50.355232383419349</v>
       </c>
       <c r="I5" s="153">
-        <v>49.059695619146467</v>
+        <v>49.231004457389062</v>
       </c>
     </row>
     <row r="6" spans="2:14" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="186" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="186"/>
       <c r="D6" s="186"/>
       <c r="E6" s="186"/>
       <c r="F6" s="186"/>
       <c r="G6" s="186"/>
       <c r="H6" s="186"/>
     </row>
     <row r="7" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="2:14" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="165" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="140">
         <v>2025</v>
       </c>
       <c r="D8" s="166">
         <v>2025</v>
       </c>
       <c r="E8" s="166">
@@ -12724,101 +13092,113 @@
       </c>
       <c r="J9" s="170" t="s">
         <v>12</v>
       </c>
       <c r="K9" s="170" t="s">
         <v>13</v>
       </c>
       <c r="L9" s="170" t="s">
         <v>14</v>
       </c>
       <c r="M9" s="170" t="s">
         <v>15</v>
       </c>
       <c r="N9" s="171" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="160" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="161">
         <v>58.228282566243557</v>
       </c>
       <c r="D10" s="161">
-        <v>55.503625892835018</v>
+        <v>55.503625890760226</v>
       </c>
       <c r="E10" s="161">
         <v>57.495244631016419</v>
       </c>
       <c r="F10" s="161">
         <v>56.780508888653934</v>
       </c>
       <c r="G10" s="161">
         <v>57.77509857499355</v>
       </c>
       <c r="H10" s="161">
-        <v>57.793155517588481</v>
+        <v>57.801770885779568</v>
       </c>
       <c r="I10" s="161">
-        <v>58.694229688309726</v>
-[...3 lines deleted...]
-      <c r="L10" s="161"/>
+        <v>58.694229692918455</v>
+      </c>
+      <c r="J10" s="161">
+        <v>56.10913675297693</v>
+      </c>
+      <c r="K10" s="161">
+        <v>56.414725007025616</v>
+      </c>
+      <c r="L10" s="161">
+        <v>55.934547912855244</v>
+      </c>
       <c r="M10" s="161"/>
       <c r="N10" s="162"/>
     </row>
     <row r="11" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="163" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="164">
-        <v>48.91606171034131</v>
+        <v>48.916061710341339</v>
       </c>
       <c r="D11" s="164">
-        <v>49.031298263212314</v>
+        <v>49.031298263212399</v>
       </c>
       <c r="E11" s="164">
         <v>48.063844460424228</v>
       </c>
       <c r="F11" s="164">
-        <v>48.598529703593364</v>
+        <v>48.598529703593215</v>
       </c>
       <c r="G11" s="164">
-        <v>49.045754512460938</v>
+        <v>49.045754512460704</v>
       </c>
       <c r="H11" s="164">
-        <v>49.075476939846681</v>
+        <v>49.086704453561559</v>
       </c>
       <c r="I11" s="164">
-        <v>50.34537694577341</v>
-[...3 lines deleted...]
-      <c r="L11" s="164"/>
+        <v>50.345369403802209</v>
+      </c>
+      <c r="J11" s="164">
+        <v>50.005807788664761</v>
+      </c>
+      <c r="K11" s="164">
+        <v>49.401331652013326</v>
+      </c>
+      <c r="L11" s="164">
+        <v>49.2530076672017</v>
+      </c>
       <c r="M11" s="164"/>
       <c r="N11" s="153"/>
     </row>
     <row r="12" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="13" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="139" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="141">
         <v>2024</v>
       </c>
       <c r="D13" s="154">
         <v>2024</v>
       </c>
       <c r="E13" s="154">
         <v>2024</v>
       </c>
       <c r="F13" s="154">
         <v>2024</v>
       </c>
       <c r="G13" s="154">
         <v>2024</v>
       </c>
       <c r="H13" s="154">
         <v>2024</v>